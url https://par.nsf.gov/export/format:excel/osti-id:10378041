--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10378041</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v36i10.21403</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GraphMemDialog: Optimizing End-to-End Task-Oriented Dialog Systems Using Graph Memory Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wu, Jie; Harris, Ian G; Zhao, Hongzhi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>11504 to 11512</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Effectively integrating knowledge into end-to-end task-oriented dialog systems remains a challenge. It typically requires incorporation of an external knowledge base (KB) and capture of the intrinsic semantics of the dialog history. Recent research shows promising results by using Sequence-to-Sequence models, Memory Networks, and even Graph Convolutional Networks. However, current state-of-the-art models are less effective at integrating dialog history and KB into task-oriented dialog systems in the following ways: 1. The KB representation is not fully context-aware. The dynamic interaction between the dialog history and KB is seldom explored. 2. Both the sequential and structural information in the dialog history can contribute to capturing the dialog semantics, but they are not studied concurrently. In this paper, we propose a novel Graph Memory Network (GMN) based Seq2Seq model, GraphMemDialog, to effectively learn the inherent structural information hidden in dialog history, and to model the dynamic interaction between dialog history and KBs. We adopt a modified graph attention network to learn the rich structural representation of the dialog history, whereas the context-aware representation of KB entities are learnt by our novel GMN. To fully exploit this dynamic interaction, we design a learnable memory controller coupled with external KB entity memories to recurrently incorporate dialog history context into KB entities through a multi-hop reasoning mechanism. Experiments on three public datasets show that our GraphMemDialog model achieves state-of-the-art performance and outperforms strong baselines by a large margin, especially on datatests with more complicated KB information.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813858</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>