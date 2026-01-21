--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10378778</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/imb.12663</t>
   </si>
   <si>
     <t>Germline mutagenesis of &lt;i&gt;Nasonia vitripennis&lt;/i&gt; through ovarian delivery of &lt;scp&gt;CRISPR‐Cas9&lt;/scp&gt; ribonucleoprotein</t>
   </si>
   <si>
-    <t>Chaverra‐Rodriguez, D. [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA] (ORCID:0000000180687436); Dalla Benetta, E. [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA, W. M. Keck Science Department Claremont McKenna, Pitzer, and Scripps Colleges  Claremont CA USA]; Heu, C. C. [Department of Entomology The Pennsylvania State University  University Park PA USA, The Center for Infectious Disease Dynamics The Pennsylvania State University  University Park PA USA, The Huck Institutes of the Life Sciences The Pennsylvania State University  University Park PA USA]; Rasgon, J. L. [Department of Entomology The Pennsylvania State University  University Park PA USA, The Center for Infectious Disease Dynamics The Pennsylvania State University  University Park PA USA, The Huck Institutes of the Life Sciences The Pennsylvania State University  University Park PA USA]; Ferree, P. M. [W. M. Keck Science Department Claremont McKenna, Pitzer, and Scripps Colleges  Claremont CA USA]; Akbari, O. S. [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA]</t>
+    <t>Chaverra‐Rodriguez, D. [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA] (ORCID:0000000180687436); Dalla_Benetta, E. [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA, W. M. Keck Science Department Claremont McKenna, Pitzer, and Scripps Colleges  Claremont CA USA]; Heu, C_C [Department of Entomology The Pennsylvania State University  University Park PA USA, The Center for Infectious Disease Dynamics The Pennsylvania State University  University Park PA USA, The Huck Institutes of the Life Sciences The Pennsylvania State University  University Park PA USA]; Rasgon, J_L [Department of Entomology The Pennsylvania State University  University Park PA USA, The Center for Infectious Disease Dynamics The Pennsylvania State University  University Park PA USA, The Huck Institutes of the Life Sciences The Pennsylvania State University  University Park PA USA]; Ferree, P_M [W. M. Keck Science Department Claremont McKenna, Pitzer, and Scripps Colleges  Claremont CA USA]; Akbari, O_S [Division of Biological Sciences, Section of Cell and Developmental Biology University of California  San Diego CA USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-08-19T04:00:00Z</t>
   </si>
   <si>
     <t>Insect Molecular Biology</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 569-577</t>
   </si>
   <si>
     <t>0962-1075</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;CRISPR/Cas9 gene editing is a powerful technology to study the genetics of rising model organisms, such as the jewel wasp&lt;italic&gt;Nasonia vitripennis&lt;/italic&gt;. However, current methods involving embryonic microinjection of CRISPR reagents are challenging. Delivery of Cas9 ribonucleoprotein into female ovaries is an alternative that has only been explored in a small handful of insects, such as mosquitoes, whiteflies and beetles. Here, we developed a simple protocol for germline gene editing by injecting Cas9 ribonucleoprotein in adult&lt;italic&gt;N. vitripennis&lt;/italic&gt;females using either ReMOT control (Receptor‐Mediated Ovary Transduction of Cargo) or BAPC (Branched Amphiphilic Peptide Capsules) as ovary delivery methods. For ReMOT Control we used the&lt;italic&gt;Drosophila melanogaster&lt;/italic&gt;‐derived peptide ‘P2C’ fused to EGFP to visualize the ovary delivery, and fused to Cas9 protein for gene editing of the&lt;italic&gt;cinnabar&lt;/italic&gt;gene using saponin as an endosomal escape reagent. For BAPC we optimized the concentrations of protein, sgRNA and the transfection reagent. We demonstrate delivery of protein cargo such as EGFP and Cas9 into developing oocytes via P2C peptide and BAPC. Additionally, somatic and germline gene editing were demonstrated. This approach will greatly facilitate CRISPR‐applied genetic manipulation in this and other rising model organisms.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1645331</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 569-577</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>