--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,85 +95,85 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10379566</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12451</t>
   </si>
   <si>
     <t>Phylogenomic relationships of bioluminescent elateroids define the ‘lampyroid’ clade with clicking Sinopyrophoridae as its earliest member</t>
   </si>
   <si>
-    <t>Kusy, Dominik [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic]; He, Jin‐Wu [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China]; Bybee, Seth M. [Department of Biology, Monte L. Bean Museum Brigham Young University  Provo UT U.S.A.]; Motyka, Michal [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic]; Bi, Wen‐Xuan [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China]; Podsiadlowski, Lars [Zoological Research Museum Alexander Koenig Centre of Molecular Biodiversity Research  Bonn Germany]; Li, Xue‐Yan [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China] (ORCID:0000000304577846); Bocak, Ladislav [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic] (ORCID:0000000163828006)</t>
+    <t>Kusy, Dominik [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic]; He, Jin‐Wu [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China]; Bybee, Seth_M [Department of Biology, Monte L. Bean Museum Brigham Young University  Provo UT U.S.A.]; Motyka, Michal [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic]; Bi, Wen‐Xuan [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China]; Podsiadlowski, Lars [Zoological Research Museum Alexander Koenig Centre of Molecular Biodiversity Research  Bonn Germany]; Li, Xue‐Yan [State Key Laboratory of Genetic Resources and Evolution Kunming Institute of Zoology CAS  Kunming China] (ORCID:0000000304577846); Bocak, Ladislav [Laboratory of Biodiversity and Molecular Evolution Palacky University  Olomouc Czech Republic] (ORCID:0000000163828006)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-08-25T04:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 111-123</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Bioluminescence has been hypothesized as aposematic signalling, intersexual communication and a predatory strategy, but origins and relationships among bioluminescent beetles have been contentious. We reconstruct the phylogeny of the bioluminescent elateroid beetles (i.e. Elateridae, Lampyridae, Phengodidae and Rhagophthalmidae), analysing genomic data of&lt;italic&gt;Sinopyrophorus&lt;/italic&gt;Bi &amp; Li, and in light of our phylogenetic results, we erect Sinopyrophoridae Bi &amp; Li,&lt;bold&gt;stat.n&lt;/bold&gt;. as a clicking elaterid‐like sister group of the soft‐bodied bioluminescent elateroid beetles, that is, Lampyridae, Phengodidae and Rhagophthalmidae. We suggest a single origin of bioluminescence for these four families, designated as the ‘lampyroid clade’, and examine the origins of bioluminescence in the terminal lineages of click beetles (Elateridae). The soft‐bodied bioluminescent lineages originated from the fully sclerotized elateroids as a derived clade with clicking&lt;italic&gt;Sinopyrophorus&lt;/italic&gt;and Elateridae as their serial sister groups. This relationship indicates that the bioluminescent soft‐bodied elateroids are modified click beetles. We assume that bioluminescence was not present in the most recent common ancestor of Elateridae and the lampyroid clade and it evolved among this group with some delay, at the latest in the mid‐Cretaceous period, presumably in eastern Laurasia. The delimitation and internal structure of the elaterid‐lampyroid clade provides a phylogenetic framework for further studies on the genomic variation underlying the evolution of bioluminescence.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1655981</t>
   </si>
   <si>
     <t>2020</t>
+  </si>
+  <si>
+    <t>p. 111-123</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>