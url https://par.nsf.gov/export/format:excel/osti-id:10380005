--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10380005</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3551670.3551678</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Heuristic Adaptation for Intermittently Powered Batteryless Sensors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bakar, Abu; Ross, Alexander G.; Sinan Yildirim, Kasim; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>GetMobile: Mobile Computing and Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>20 to 24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-0529</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Battery-free sensing devices harvest energy from their surrounding environment to perform sensing, computation, and communication. A core challenge for these devices is maintaining usefulness despite erratic, random, or irregular energy availability, which causes inconsistent execution, loss of service, and power failures. Adapting execution (degrading or upgrading) based on available or predicted power/energy seems promising to stave off power failures, meet deadlines, or increase throughput. However, due to constrained resources and limited local information, deciding what and when exactly to adapt is challenging. This article explores the fundamentals of energy-aware adaptation for intermittently powered computers and proposes heuristic adaptation mechanisms to dynamically modulate the program complexity at run-time to enable higher sensor coverage and throughput. While we target battery-free, intermittently powered, resource-constrained sensors, we see a general application to all energy harvesting devices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1850496</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>