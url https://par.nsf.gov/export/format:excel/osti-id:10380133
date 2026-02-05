--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10380133</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3508364</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tactile Materials in Practice: Understanding the Experiences of Teachers of the Visually Impaired</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Phutane, Mahika; Wright, Julie; Castro, Brenda Veronica; Shi, Lei; Stern, Simone R.; Lawson, Holly M.; Azenkot, Shiri</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Accessible Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 34</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1936-7228</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Teachers of the visually impaired (TVIs)              regularly present tactile materials (tactile graphics, 3D models, and real objects) to students with vision impairments. Researchers have been increasingly interested in designing tools to support the use of tactile materials, but we still lack an in-depth understanding of how tactile materials are created and used in practice today. To address this gap, we conducted interviews with 21 TVIs and a 3-week diary study with eight of them. We found that tactile materials were regularly used for academic as well as non-academic concepts like tactile literacy, motor ability, and spatial awareness. Real objects and 3D models served as “stepping stones” to tactile graphics and our participants preferred to teach with 3D models, despite finding them difficult to create, obtain, and modify. Use of certain materials also carried social implications; participants selected materials that fostered student independence and allow classroom inclusion. We contribute design considerations, encouraging future work on tactile materials to enable student and TVI co-creation, facilitate rapid prototyping, and promote movement and spatial awareness. To support future research in this area, our paper provides a fundamental understanding of current practices. We bridge these practices to established pedagogical approaches and highlight opportunities for growth regarding this important genre of educational materials.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1746128</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>