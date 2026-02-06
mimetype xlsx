--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10380985</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v36i6.20585</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Identification of Linear Latent Variable Model with Arbitrary Distribution</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Zhengming; Xie, Feng; Qiao, Jie; Hao, Zhifeng; Zhang, Kun; Cai, Ruichu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6350 to 6357</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An important problem across multiple disciplines is to infer and understand meaningful latent variables. One strategy commonly used is to model the measured variables in terms of the latent variables under suitable assumptions on the connectivity from the latents to the measured (known as measurement model). Furthermore, it might be even more interesting to discover the causal relations among the latent variables (known as structural model). Recently, some methods have been proposed to estimate the structural model by assuming that the noise terms in the measured and latent variables are non-Gaussian. However, they are not suitable when some of the noise terms become Gaussian. To bridge this gap, we investigate the problem of identification of the structural model with arbitrary noise distributions. We provide necessary and sufficient condition under which the structural model is identifiable: it is identifiable iff for each pair of adjacent latent variables Lx, Ly, (1) at least one of Lx and Ly has non-Gaussian noise, or (2) at least one of them has a non-Gaussian ancestor and is not d-separated from the non-Gaussian component of this ancestor by the common causes of Lx and Ly. This identifiability result relaxes the non-Gaussianity requirements to only a (hopefully small) subset of variables, and accordingly elegantly extends the application scope of the structural model. Based on the above identifiability result, we further propose a practical algorithm to learn the structural model. We verify the correctness of the identifiability result and the effectiveness of the proposed method through empirical studies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2134901</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>