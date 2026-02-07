--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10381663</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pcbi.1010171</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Epidemic management and control through risk-dependent individual contact interventions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schneider, Tapio; Dunbar, Oliver R.; Wu, Jinlong; Böttcher, Lucas; Burov, Dmitry; Garbuno-Inigo, Alfredo; Wagner, Gregory L.; Pei, Sen; Daraio, Chiara; Ferrari, Raffaele; Shaman, Jeffrey</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Moreno, Yamir</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS Computational Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e1010171</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1553-7358</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Testing, contact tracing, and isolation (TTI) is an epidemic management and control approach that is difficult to implement at scale because it relies on manual tracing of contacts. Exposure notification apps have been developed to digitally scale up TTI by harnessing contact data obtained from mobile devices; however, exposure notification apps provide users only with limited binary information when they have been directly exposed to a known infection source. Here we demonstrate a scalable improvement to TTI and exposure notification apps that uses data assimilation (DA) on a contact network. Network DA exploits diverse sources of health data together with the proximity data from mobile devices that exposure notification apps rely upon. It provides users with continuously assessed individual risks of exposure and infection, which can form the basis for targeting individual contact interventions. Simulations of the early COVID-19 epidemic in New York City are used to establish proof-of-concept. In the simulations, network DA identifies up to a factor 2 more infections than contact tracing when both harness the same contact data and diagnostic test data. This remains true even when only a relatively small fraction of the population uses network DA. When a sufficiently large fraction of the population (≳ 75%) uses network DA and complies with individual contact interventions, targeting contact interventions with network DA reduces deaths by up to a factor 4 relative to TTI. Network DA can be implemented by expanding the computational backend of existing exposure notification apps, thus greatly enhancing their capabilities. Implemented at scale, it has the potential to precisely and effectively control future epidemics while minimizing economic disruption.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835576</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>