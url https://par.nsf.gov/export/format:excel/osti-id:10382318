--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10382318</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3502718.3524770</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Analysis of Middle Grade Teachers' Debugging Pedagogical Content Knowledge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tsan, Jennifer; Weintrop, David; Franklin, Diana</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The 27th ACM Conference on Innovation and Technology in Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>533 to 539</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>There is an increasing need for knowledgeable K-12 computer science (CS) teachers. It is necessary to inform teachers how to debug and help their students debug programs. Research has shown that debugging is difficult for novices because the process requires different skills from creating programs and instructing students how to debug can help them acquire these skills. To this end, we developed a CS professional development for middle grade teachers (grades 5th-8th/ages 10-13) that includes lessons on debugging. The teachers completed debugging activities that involved finding bugs in Scratch programs and explaining how they would help their students in debugging. We qualitatively analyzed their responses and found that teachers successfully identified the problem but they struggled to locate it in the code. In considering how they would help students who had such a bug, the teachers often focused on helping the student find a solution for the bug rather than on identifying the problem or its source. Finally, teachers’ ability to identify bugs and the pedagogical strategies to engage students in this process differed based on CS teaching experience and prior CS knowledge. This work contributes to our understanding of teachers’ debugging abilities and advances our knowledge on how to support teachers in teaching their students how to debug their programs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1738758</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>