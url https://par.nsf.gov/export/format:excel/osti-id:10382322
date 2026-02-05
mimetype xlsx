--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10382322</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/aem.02283-21</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Advanced Understanding of Prokaryotic Biofilm Formation through Use of a Cost-Effective and Versatile Multipanel Adhesion (mPAD) Mount</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schulze, Stefan; Schiller, Heather; Solomonic, Jordan; Telhan, Orkan; Costa, Kyle; Pohlschroder, Mechthild</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Villanueva, Laura</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-22T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Applied and Environmental Microbiology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0099-2240</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT                          Most microorganisms exist in biofilms, which comprise aggregates of cells surrounded by an extracellular matrix that provides protection from external stresses. Based on the conditions under which they form, biofilm structures vary in significant ways. For instance, biofilms that develop when microbes are incubated under static conditions differ from those formed when microbes encounter the shear forces of a flowing liquid. Moreover, biofilms develop dynamically over time. Here, we describe a cost-effective coverslip holder, printed with a three-dimensional (3D) printer, that facilitates surface adhesion assays under a broad range of standing and shaking culture conditions. This              m              ulti              p              anel              ad              hesion (mPAD) mount further allows cultures to be sampled at multiple time points, ensuring consistency and comparability between samples and enabling analyses of the dynamics of biofilm formation. As a proof of principle, using the mPAD mount for shaking, oxic cultures, we confirm previous flow chamber experiments showing that the              Pseudomonas aeruginosa              wild-type strain and a phenazine deletion mutant (Δ              phz              ) strain form biofilms with similar structure but reduced density in the mutant strain. Extending this analysis to anoxic conditions, we reveal that microcolony formation and biofilm formation can only be observed under shaking conditions and are decreased in the Δ              phz              mutant compared to wild-type cultures, indicating that phenazines are crucial for the formation of biofilms if oxygen as an electron acceptor is unavailable. Furthermore, while the model archaeon              Haloferax volcanii              does not require archaella for surface attachment under static conditions, we demonstrate that an              H. volcanii              mutant that lacks archaella is impaired in early stages of biofilm formation under shaking conditions.                                      IMPORTANCE              Due to the versatility of the mPAD mount, we anticipate that it will aid the analysis of biofilm formation in a broad range of bacteria and archaea. Thereby, it contributes to answering critical biological questions about the regulatory and structural components of biofilm formation and understanding this process in a wide array of environmental, biotechnological, and medical contexts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1817518</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>