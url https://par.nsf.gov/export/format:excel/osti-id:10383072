--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10383072</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.1908018116</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The importance of better models in stochastic optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Asi, Hilal; Duchi, John C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>22924 to 22930</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Standard stochastic optimization methods are brittle, sensitive to stepsize choice and other algorithmic parameters, and they exhibit instability outside of well-behaved families of objectives. To address these challenges, we investigate models for stochastic optimization and learning problems that exhibit better robustness to problem families and algorithmic parameters. With appropriately accurate models—which we call the              aprox              family—stochastic methods can be made stable, provably convergent, and asymptotically optimal; even modeling that the objective is nonnegative is sufficient for this stability. We extend these results beyond convexity to weakly convex objectives, which include compositions of convex losses with smooth functions common in modern machine learning. We highlight the importance of robustness and accurate modeling with experimental evaluation of convergence time and algorithm sensitivity.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1553086</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>