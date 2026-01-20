--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10383196</t>
-[...8 lines deleted...]
-    <t>Huang, Qishen; Vikesland, Peter J.</t>
+    <t>10379264</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/JHEP02(2022)066</t>
+  </si>
+  <si>
+    <t>Charges and fluxes on (perturbed) non-expanding horizons</t>
+  </si>
+  <si>
+    <t>Ashtekar, Abhay; Khera, Neev; Kolanowski, Maciej; Lewandowski, Jerzy</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-05-10T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>2328-8930</t>
+    <t>2022-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of High Energy Physics</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1029-8479</t>
+  </si>
+  <si>
+    <t>A              bstract                                      In a companion paper [1] we showed that the symmetry group                                                $$ \mathfrak{G} $$                                      G                                                              of non-expanding horizons (NEHs) is a 1-dimensional extension of the Bondi-Metzner-Sachs group                                                $$ \mathfrak{B} $$                                      B                                                              at                                                $$ \mathcal{I} $$                                      I                                                              +              . For each infinitesimal generator of                                                $$ \mathfrak{G} $$                                      G                                                              , we now define a charge and a flux on NEHs              as well as perturbed              NEHs. The procedure uses the covariant phase space framework in presence of internal null boundaries                                                $$ \mathcal{N} $$                                      N                                                              along the lines of [2–6]. However,                                                $$ \mathcal{N} $$                                      N                                                              is required to be an NEH or a perturbed NEH. Consequently, charges and fluxes associated with generators of                                                $$ \mathfrak{G} $$                                      G                                                              are free of physically unsatisfactory features that can arise if                                                $$ \mathcal{N} $$                                      N                                                              is allowed to be a general null boundary. In particular, all fluxes vanish if                                                $$ \mathcal{N} $$                                      N                                                              is an NEH, just as one would hope; and fluxes associated with symmetries representing ‘time-translations’ are positive definite on perturbed NEHs. These results hold for zero as well as non-zero cosmological constant. In the asymptotically flat case, as noted in [1],                                                $$ \mathcal{I} $$                                      I                                                                              ±                            are NEHs in the conformally completed space-time              but with an extra structure that reduces                                                $$ \mathfrak{G} $$                                      G                                                              to                                                $$ \mathfrak{B} $$                                      B                                                              . The flux expressions at                                                $$ \mathcal{N} $$                                      N                                                              reflect this synergy between NEHs and                                                $$ \mathcal{I} $$                                      I                                                              +              . In a forthcoming paper, this close relation between NEHs and                                                $$ \mathcal{I} $$                                      I                                                              +              will be used to develop gravitational wave tomography, enabling one to deduce horizon dynamics directly from the waveforms at                                                $$ \mathcal{I} $$                                      I                                                              +              .</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1705653</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>1806356</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -299,77 +296,77 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>