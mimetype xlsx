--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10383265</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1063/5.0084631</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Desynchronous learning in a physics-driven learning network</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wycoff, J. F.; Dillavou, S.; Stern, M.; Liu, A. J.; Durian, D. J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Journal of Chemical Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>156</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>144903</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0021-9606</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In a neuron network, synapses update individually using local information, allowing for entirely decentralized learning. In contrast, elements in an artificial neural network are typically updated simultaneously using a central processor. Here, we investigate the feasibility and effect of desynchronous learning in a recently introduced decentralized, physics-driven learning network. We show that desynchronizing the learning process does not degrade the performance for a variety of tasks in an idealized simulation. In experiment, desynchronization actually improves the performance by allowing the system to better explore the discretized state space of solutions. We draw an analogy between desynchronization and mini-batching in stochastic gradient descent and show that they have similar effects on the learning process. Desynchronizing the learning process establishes physics-driven learning networks as truly fully distributed learning machines, promoting better performance and scalability in deployment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2005749; 1720530</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>