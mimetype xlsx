--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,81 +86,85 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10383422</t>
+    <t>10546283</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Popularizing Fairness: Group Fairness and Individual Welfare</t>
-[...11 lines deleted...]
-    <t>2159-5399</t>
+    <t>The Cost and Price of Public Access to Research Data: A Synthesis</t>
+  </si>
+  <si>
+    <t>Steinhart, G; Skinner, K</t>
+  </si>
+  <si>
+    <t>2024-10-04T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Beginning on or before 31 December 2025, all recipients of United States federal research funding will be required to make their federally funded scholarly outputs, including scientific data, freely available via public access venues with no delays or embargos. This paper focuses on research data as one of the key scholarly output types impacted by the requirements outlined in the Memorandum on Ensuring Free, Immediate and Equitable Access to Federally Funded Research issued by the US Office of Science and Technology Policy (OSTP), commonly called the “Nelson memo”.
+This paper sets out working definitions of four key terms: cost, price, reasonable, and allowable. Using these terms, we describe some of the pathways research data take to final publication, and summarize some of the extensive body of research on the costs of research data curation and sharing. In the process, we look at cost modelling experimentation in the fields of research data management and digital preservation to consider what might be relevant from their approaches.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1905558; 1939677; 1903207; 2127752; 2127754</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>2330827</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Posted Content</t>
+  </si>
+  <si>
+    <t>Zenodo</t>
+  </si>
+  <si>
+    <t>Invest in Open Infrastructure</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -278,80 +282,82 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" t="s" s="0">
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>31</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="M2" s="0"/>
-[...1 lines deleted...]
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
-      <c r="Z2" s="0"/>
+      <c r="Z2" t="s" s="0">
+        <v>37</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>