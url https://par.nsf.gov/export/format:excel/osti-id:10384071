--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,89 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10065579</t>
-[...8 lines deleted...]
-    <t>Yang, Xiong; He, Haibo</t>
+    <t>10384071</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1128/JB.00265-21</t>
+  </si>
+  <si>
+    <t>Differential Surface Competition and Biofilm Invasion Strategies of Pseudomonas aeruginosa PA14 and PAO1</t>
+  </si>
+  <si>
+    <t>Kasetty, Swetha; Katharios-Lanwermeyer, Stefan; O’Toole, George A.; Nadell, Carey D.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2018-10-01T04:00:00Z</t>
-[...13 lines deleted...]
-system with the obtained decentralized controller is proved to be asymptotically stable. Finally, the effectiveness of the proposed decentralized control scheme is illustrated via simulations for nonlinear plants and unstable power systems.</t>
+    <t>Brun, Yves V.</t>
+  </si>
+  <si>
+    <t>2021-10-25T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Bacteriology</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>0021-9193</t>
+  </si>
+  <si>
+    <t>ABSTRACT                          Pseudomonas aeruginosa              strains PA14 and PAO1 are among the two best-characterized model organisms used to study the mechanisms of biofilm formation while also representing two distinct lineages of              P. aeruginosa              . Previous work has shown that PA14 and PAO1 use different strategies for surface colonization; they also have different extracellular matrix composition and different propensities to disperse from biofilms back into the planktonic phase surrounding them. We expand on this work here by exploring the consequences of these different biofilm production strategies during direct competition. Using differentially labeled strains and microfluidic culture methods, we show that PAO1 can outcompete PA14 in direct competition during early colonization and subsequent biofilm growth, that they can do so in constant and perturbed environments, and that this advantage is specific to biofilm growth and requires production of the Psl polysaccharide. In contrast,              P. aeruginosa              PA14 is better able to invade preformed biofilms and is more inclined to remain surface-associated under starvation conditions. These data together suggest that while              P. aeruginosa              PAO1 and PA14 are both able to effectively colonize surfaces, they do so in different ways that are advantageous under different environmental settings.                                      IMPORTANCE              Recent studies indicate that              P. aeruginosa              PAO1 and PA14 use distinct strategies to initiate biofilm formation. We investigated whether their respective colonization and matrix secretion strategies impact their ability to compete under different biofilm-forming regimes. Our work shows that these different strategies do indeed impact how these strains fair in direct competition: PAO1 dominates during colonization of a naive surface, while PA14 is more effective in colonizing a preformed biofilm. These data suggest that even for very similar microbes there can be distinct strategies to successfully colonize and persist on surfaces during the biofilm life cycle.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1731672</t>
-[...2 lines deleted...]
-    <t>2018</t>
+    <t>1817342</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -284,89 +288,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...3 lines deleted...]
-      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>