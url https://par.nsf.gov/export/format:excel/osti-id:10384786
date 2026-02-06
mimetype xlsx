--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10384786</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.34133/2022/9868564</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Continued Increases of Gross Primary Production in Urban Areas during 2000–2016</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cui, Yaoping; Xiao, Xiangming; Dong, Jinwei; Zhang, Yao; Qin, Yuanwei; Doughty, Russell B.; Wu, Xiaocui; Liu, Xiaoyan; Joiner, Joanna; Moore, Berrien</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Remote Sensing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2694-1589</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Urbanization affects vegetation within city administrative boundary and nearby rural areas. Gross primary production (GPP) of vegetation in global urban areas is one of important metrics for assessing the impacts of urbanization on terrestrial ecosystems. To date, very limited data and information on the spatial-temporal dynamics of GPP in the global urban areas are available. In this study, we reported the spatial distribution and temporal dynamics of annual GPP during 2000–2016 from 8,182 gridcells (0.5° by 0.5° latitude and longitude) that have various proportion of urban areas. Approximately 79.3% of these urban gridcells had increasing trends of annual GPP during 2000-2016. As urban area proportion (%) within individual urban gridcells increased, the means of annual GPP trends also increased. Our results suggested that for those urban gridcells, the negative effect of urban expansion (often measured by impervious surfaces) on GPP was to large degree compensated by increased vegetation within the gridcells, mostly driven by urban management and local climate and environment. Our findings on the continued increases of annual GPP in most of urban gridcells shed new insight on the importance of urban areas on terrestrial carbon cycle and the potential of urban management and local climate and environment on improving vegetation in urban areas.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911955</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>