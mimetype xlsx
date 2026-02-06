--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10384913</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41598-022-23431-2</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Uncertainty-aware mixed-variable machine learning for materials design</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Hengrui; Chen, Wei; Iyer, Akshay; Apley, Daniel W.; Chen, Wei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Scientific Reports</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2045-2322</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Data-driven design shows the promise of accelerating materials discovery but is challenging due to the prohibitive cost of searching the vast design space of chemistry, structure, and synthesis methods. Bayesian optimization (BO) employs uncertainty-aware machine learning models to select promising designs to evaluate, hence reducing the cost. However, BO with mixed numerical and categorical variables, which is of particular interest in materials design, has not been well studied. In this work, we survey frequentist and Bayesian approaches to uncertainty quantification of machine learning with mixed variables. We then conduct a systematic comparative study of their performances in BO using a popular representative model from each group, the random forest-based Lolo model (frequentist) and the latent variable Gaussian process model (Bayesian). We examine the efficacy of the two models in the optimization of mathematical functions, as well as properties of structural and functional materials, where we observe performance differences as related to problem dimensionality and complexity. By investigating the machine learning models’ predictive and uncertainty estimation capabilities, we provide interpretations of the observed performance differences. Our results provide practical guidance on choosing between frequentist and Bayesian uncertainty-aware machine learning models for mixed-variable BO in materials design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2037026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>