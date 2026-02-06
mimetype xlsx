--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10384987</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3544216.3544259</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SPRIGHT: extracting the server from serverless computing! high-performance eBPF-based event-driven, shared-memory processing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qi, Shixiong; Monis, Leslie; Zeng, Ziteng; Wang, Ian-chin; Ramakrishnan, K. K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCOMM '22: Proceedings of the ACM SIGCOMM 2022 Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>780 to 794</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Serverless computing promises an efficient, low-cost compute capability in cloud environments. However, existing solutions, epitomized by open-source platforms such as Knative, include heavyweight components that undermine this goal of serverless computing. Additionally, such serverless platforms lack dataplane optimizations to achieve efficient, high-performance function chains that facilitate the popular microservices development paradigm. Their use of unnecessarily complex and duplicate capabilities for building function chains severely degrades performance. 'Cold-start' latency is another deterrent.
+We describe SPRIGHT, a lightweight, high-performance, responsive serverless framework. SPRIGHT exploits shared memory processing and dramatically improves the scalability of the dataplane by avoiding unnecessary protocol processing and serialization-deserialization overheads. SPRIGHT extensively leverages event-driven processing with the extended Berkeley Packet Filter (eBPF). We creatively use eBPF's socket message mechanism to support shared memory processing, with overheads being strictly load-proportional. Compared to constantly-running, polling-based DPDK, SPRIGHT achieves the same dataplane performance with 10× less CPU usage under realistic workloads. Additionally, eBPF benefits SPRIGHT, by replacing heavyweight serverless components, allowing us to keep functions 'warm' with negligible penalty.
+Our preliminary experimental results show that SPRIGHT achieves an order of magnitude improvement in throughput and latency compared to Knative, while substantially reducing CPU usage, and obviates the need for 'cold-start'.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823270; 1763929</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>