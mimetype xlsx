--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10385088</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Dominating Sets to Block Contagions in Social Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bao, Robert Chen; Hancock, Matthew; Kuhlman, Chris J.; Ravi, S. S.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE/ACM International Conference on Advances in Social Networks Analysis and Mining</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-4</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>There are myriad real-life examples of contagion processes on human social networks, e.g., spread of viruses, information, and social unrest. Also, there are many methods to control or block contagion spread. In this work, we introduce a novel method of blocking contagions that uses nodes from dominating sets (DSs). To our knowledge, this is the first use of DS nodes to block contagions. Finding minimum dominating sets of graphs is an NP-Complete problem, so we generalize a well-known heuristic, enabling us to customize its execution. Our method produces a prioritized list of dominating nodes, which is, in turn, a prioritized list of blocking nodes. Thus, for a given network, we compute this list of blocking nodes and we use it to block contagions for all blocking node budgets, contagion seed sets, and parameter values of the contagion model. We report on computational experiments of the blocking efficacy of our approach using two mined networks. We also demonstrate the effectiveness of our approach by comparing blocking results with those from the high degree heuristic, which is a common standard in blocking studies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1916670</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>