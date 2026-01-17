--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -89,57 +89,60 @@
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10385344</t>
   </si>
   <si>
+    <t>https://doi.org/10.1109/HiPC56025.2022.00026</t>
+  </si>
+  <si>
+    <t>High-Performance Truss Analysis in Arkouda</t>
+  </si>
+  <si>
+    <t>Zhihui Du; Joseph Patchett; Oliver Alvarado Rodriguez; David A. Bader</t>
+  </si>
+  <si>
     <t/>
-  </si>
-[...4 lines deleted...]
-    <t>Zhihui Du; Joseph Patchett; Oliver Alvarado Rodriguez; David A. Bader</t>
   </si>
   <si>
     <t>2022-12-18T05:00:00Z</t>
   </si>
   <si>
     <t>The 29th IEEE International Conference on  High Performance Computing, Data, and Analytics (HiPC)</t>
   </si>
   <si>
     <t>In graph analytics, a truss is a cohesive subgraph
 based on the number of triangles supporting each edge. It
 is widely used for community detection applications such as
 social networks and security analysis, and the performance of
 truss analytics highly depends on its triangle counting method.
 This paper proposes a novel triangle counting kernel named
 Minimum Search (MS). Minimum Search can select two smaller
 adjacency lists out of three and uses fine-grained parallelism to
 improve the performance of triangle counting. Then, two basic
 algorithms, MS-based triangle counting, and MS-based support
 updating are developed. Based on the novel triangle counting
 kernel and the two basic algorithms above, three fundamental
 parallel truss analytics algorithms are designed and implemented
 to enable different kinds of graph truss analysis. These truss
 algorithms include an optimized K-Truss algorithm, a Max-Truss
 algorithm, and a Truss Decomposition algorithm. Moreover, all
 proposed algorithms have been implemented in the parallel
@@ -295,88 +298,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>