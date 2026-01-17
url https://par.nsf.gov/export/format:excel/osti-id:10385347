--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -89,57 +89,60 @@
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10385347</t>
   </si>
   <si>
+    <t>https://doi.org/10.1007/978-3-031-30442-2_6</t>
+  </si>
+  <si>
+    <t>Parallel Suffix Sorting for Large String Analytics</t>
+  </si>
+  <si>
+    <t>Zhihui Du; Sen Zhang; David Bader</t>
+  </si>
+  <si>
     <t/>
-  </si>
-[...4 lines deleted...]
-    <t>Zhihui Du; Sen Zhang; David Bader</t>
   </si>
   <si>
     <t>2022-09-11T04:00:00Z</t>
   </si>
   <si>
     <t>14th International Conference on Parallel Processing and Applied Mathematics (PPAM)</t>
   </si>
   <si>
     <t>The suffix array is a fundamental data structure to support
 string analysis efficiently. It took about 26 years for the sequential suffix
 array construction algorithm to achieve O(n) time complexity and inplace
 sorting. In this paper, we develop the DLPI (D Limited Parallel
 Induce) algorithm, the first O( n
 p ) time parallel suffix array construction
 algorithm. The basic idea of DLPI includes two aspects: dividing the
 O(n) size problem into p reduced sub-problems with size O( n/p ) so we
 can handle them on p processors in parallel; developing an efficient parallel
 induce sorting method to achieve correct order for all the reduced
 sub-problems. The complete algorithm description is given to show the
 implementation method of the proposed idea. The time and space complexity
 analysis and proof are also given to show the correctness and
 efficiency of the proposed algorithm. The proposed DLPI algorithm can
 handle large strings with scalable performance.</t>
   </si>
   <si>
@@ -284,88 +287,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>