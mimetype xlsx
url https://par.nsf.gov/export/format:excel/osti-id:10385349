--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -89,57 +89,60 @@
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10385349</t>
   </si>
   <si>
+    <t>https://doi.org/10.1109/HPEC55821.2022.9991947</t>
+  </si>
+  <si>
+    <t>Arachne: An Arkouda Package for Large-Scale Graph Analytics</t>
+  </si>
+  <si>
+    <t>Oliver Alvarado Rodriguez; Zhihui Du; Joseph Patchett; Fuhuan Li; David A. Bader</t>
+  </si>
+  <si>
     <t/>
-  </si>
-[...4 lines deleted...]
-    <t>Oliver Alvarado Rodriguez; Zhihui Du; Joseph Patchett; Fuhuan Li; David A. Bader</t>
   </si>
   <si>
     <t>2022-09-19T04:00:00Z</t>
   </si>
   <si>
     <t>The 26th Annual IEEE High Performance Extreme Computing Conference (HPEC)</t>
   </si>
   <si>
     <t>Due to the emergence of massive real-world graphs, whose sizes may extend to terabytes, new tools must be developed to enable data scientists to handle such graphs efficiently. These graphs may include social networks, computer networks, and genomes. In this paper, we propose a novel graph package, Arachne, to make large-scale graph analytics more effortless and efficient based on the open-source Arkouda framework. Arkouda has been developed to allow users to perform massively parallel computations on distributed data with an interface similar to NumPy. In this package, we developed a fundamental sparse graph data structure and then built several useful graph algorithms around our data structure to form a basic algorithmic library. Benchmarks and tools were also developed to evaluate and demonstrate the use of our graph algorithms. The graph algorithms we have implemented thus far include breadth-first search (BFS), connected components (CC), k-Truss (KT), Jaccard coefficients (JC), triangle counting (TC), and triangle centrality (TCE). Their corresponding experimental results based on realworld and synthetic graphs are presented. Arachne is organized as an Arkouda extension package and is publicly available on GitHub (https://github.com/Bears-R-Us/arkouda-njit).</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2109988</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
@@ -270,88 +273,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>