--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10386130</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/frvir.2021.746521</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>I Am the Robot: Teen Collaboration in an Asymmetric, Virtual Reality Game</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Björling, Elin A.; Kim, Ada; Oleson, Katelynn; Alves-Oliveira, Patrícia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Virtual Reality</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2673-4192</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Virtual reality (VR) offers potential as a collaborative tool for both technology design and human-robot interaction. We utilized a participatory, human-centered design (HCD) methodology to develop a collaborative, asymmetric VR game to explore teens’ perceptions of, and interactions with, social robots. Our paper illustrates three stages of our design process; ideation, prototyping, and usability testing with users. Through these stages we identified important design requirements for our mid-fidelity environment. We then describe findings from our pilot test of the mid-fidelity VR game with teens. Due to the unique asymmetric virtual reality design, we observed successful collaborations, and interesting collaboration styles across teens. This study highlights the potential for asymmetric VR as a collaborative design tool as well as an appropriate medium for successful teen-to-teen collaboration.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1734100</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>