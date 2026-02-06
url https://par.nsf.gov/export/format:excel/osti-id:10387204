--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,181 +65,314 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10387204</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Teachers’ Beliefs in Enacting an Interdisciplinary Engineering Project in Inclusive and General Classroom Contexts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lilly, Sarah; McAlister, Anne M.; Chiu, Jennifer</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual meeting of the American Society for Engineering Education.</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this study, we examine the reported beliefs of two elementary science teachers who co-taught a four-week engineering project in which students used a computational model to design engineering solutions to reduce water runoff at their school (Lilly et al., 2020). Specifically, we explore the beliefs that elementary science teachers report while enacting an engineering project in two different classroom contexts and how they report that their beliefs may have affected instructional decisions.
+Classroom contexts included one general class with a larger proportion of students in advanced mathematics and one inclusive class with a larger proportion of students with individualized educational programs. During project implementation, we collected daily surveys and weekly interviews to consider teachers’ beliefs of the class sections, classroom activities, and curriculum. Two researchers performed a thematic analysis of the surveys and interviews to code reflections on teachers’ perceived differences between students in the class sections and their experiences teaching engineering in the class sections.
+Results suggest that teachers’ beliefs about students in these two different classroom contexts
+may have influenced opportunities that students had to understand and engage in disciplinary
+practices. The teachers reported making changes to activities based on their perceptions of
+student understanding and engagement and to save time which led to different experiences for
+students in each class section, specifically a more teacher-centered implementation for the
+inclusive class. Teachers also suggested specific professional development and educative
+supports to help teachers to support all students to engage in engineering tasks. Thus, it is
+important to understand teachers’ beliefs to build support for teachers in their implementation of engineering projects that meet the needs of their students and ensure that students have access and support to engage in engineering practices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742195</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>