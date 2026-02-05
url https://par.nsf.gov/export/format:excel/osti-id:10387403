--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10387403</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3491102.3517441</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Toward User-Driven Algorithm Auditing: Investigating users’ strategies for uncovering harmful algorithmic behavior</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>DeVos, Alicia; Dhabalia, Aditi; Shen, Hong; Holstein, Kenneth; Eslami, Motahhare</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI '22: CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent work in HCI suggests that users can be powerful in surfacing harmful algorithmic behaviors that formal auditing approaches fail to detect. However, it is not well understood how users are often able to be so effective, nor how we might support more effective user-driven auditing. To investigate, we conducted a series of think-aloud interviews, diary studies, and workshops, exploring how users find and make sense of harmful behaviors in algorithmic systems, both individually and collectively. Based on our findings, we present a process model capturing the dynamics of and influences on users’ search and sensemaking behaviors. We find that 1) users’ search strategies and interpretations are heavily guided by their personal experiences with and exposures to societal bias; and 2) collective sensemaking amongst multiple users is invaluable in user-driven algorithm audits. We offer directions for the design of future methods and tools that can better support user-driven auditing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2040942</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>