--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10387775</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s12532-022-00226-0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Performance enhancements for a generic conic interior point algorithm</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Coey, Chris; Kapelevich, Lea; Vielma, Juan Pablo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mathematical Programming Computation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1867-2949</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            In recent work, we provide computational arguments for expanding the class of proper cones recognized by conic optimization solvers, to permit simpler, smaller, more natural conic formulations. We define an exotic cone as a proper cone for which we can implement a small set of tractable (i.e. fast, numerically stable, analytic) oracles for a logarithmically homogeneous self-concordant barrier for the cone or for its dual cone. Our extensible, open-source conic interior point solver, Hypatia, allows modeling and solving any conic problem over a Cartesian product of exotic cones. In this paper, we introduce Hypatia’s interior point algorithm, which generalizes that of Skajaa and Ye (Math. Program. 150(2):391–422, 2015) by handling exotic cones without tractable primal oracles. To improve iteration count and solve time in practice, we propose four enhancements to the interior point stepping procedure of Skajaa and Ye: (1) loosening the central path proximity conditions, (2) adjusting the directions using a third order directional derivative barrier oracle, (3) performing a backtracking search on a curve, and (4) combining the prediction and centering directions. We implement 23 useful exotic cones in Hypatia. We summarize the complexity of computing oracles for these cones and show that our new third order oracle is not a bottleneck. From 37 applied examples, we generate a diverse benchmark set of 379 problems. Our computational testing shows that each stepping enhancement improves Hypatia’s iteration count and solve time. Altogether, the enhancements reduce the geometric means of iteration count and solve time by over 80% and 70% respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835443</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>