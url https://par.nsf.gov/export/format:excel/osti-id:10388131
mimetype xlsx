--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10388131</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s41109-021-00405-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>BC tree-based spectral sampling for big complex network visualization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hu, Jingming; Chu, Tuan Tran; Hong, Seok-Hee; Chen, Jialu; Meidiana, Amyra; Torkel, Marnijati; Eades, Peter; Ma, Kwan-Liu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Applied Network Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2364-8228</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Graph sampling methods have been used to reduce the size and complexity of big complex networks for graph mining and visualization. However, existing graph sampling methods often fail to preserve the connectivity and important structures of the original graph. This paper introduces a new divide and conquer approach to spectral graph sampling based on graph connectivity, called the BC Tree (i.e., decomposition of a connected graph into biconnected components) and spectral sparsification. Specifically, we present two methods, spectral vertex sampling                                                $$BC\_SV$$                                                            B                      C                      _                      S                      V                                                                                  and spectral edge sampling                                                $$BC\_SS$$                                                            B                      C                      _                      S                      S                                                                                  by computing effective resistance values of vertices and edges for each connected component. Furthermore, we present                                                $$DBC\_SS$$                                                            D                      B                      C                      _                      S                      S                                                                                  and                                                $$DBC\_GD$$                                                            D                      B                      C                      _                      G                      D                                                                                  , graph connectivity-based distributed algorithms for spectral sparsification and graph drawing respectively, aiming to further improve the runtime efficiency of spectral sparsification and graph drawing by integrating connectivity-based graph decomposition and distributed computing. Experimental results demonstrate that                                                $$BC\_SV$$                                                            B                      C                      _                      S                      V                                                                                  and                                                $$BC\_SS$$                                                            B                      C                      _                      S                      S                                                                                  are significantly faster than previous spectral graph sampling methods while preserving the same sampling quality.                                                $$DBC\_SS$$                                                            D                      B                      C                      _                      S                      S                                                                                  and                                                $$DBC\_GD$$                                                            D                      B                      C                      _                      G                      D                                                                                  obtain further significant runtime improvement over sequential approaches, and                                                $$DBC\_GD$$                                                            D                      B                      C                      _                      G                      D                                                                                  further achieves significant improvements in quality metrics over sequential graph drawing layouts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1741536</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>