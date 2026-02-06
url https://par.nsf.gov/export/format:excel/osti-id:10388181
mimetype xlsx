--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10388181</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multimodal Semi-supervised Learning for Disaster Tweet Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Iustin Sirbu, Tiberiu Sosea</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The 29th International Conference on Computational Linguistics (COLING 2022)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2711–2723</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>During natural disasters, people often use social media platforms, such as Twitter, to post information about casualties and damage produced by disasters. This information can help relief authorities gain situational awareness in nearly real time, and enable them to quickly distribute resources where most needed. However, annotating data for this purpose can be burdensome, subjective and expensive. In this paper, we investigate how to leverage the copious amounts of unlabeled data generated on social media by disaster eyewitnesses and affected individuals during disaster events. To this end, we propose a semi-supervised learning approach to improve the performance of neural models on several multimodal disaster tweet classification tasks. Our approach shows significant improvements, obtaining up to 7.7% improvements in F-1 in low-data regimes and 1.9% when using the entire training data. We make our code and data publicly available at https://github.com/iustinsirbu13/multimodal-ssl-for-disaster-tweet-classification.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1741345</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>