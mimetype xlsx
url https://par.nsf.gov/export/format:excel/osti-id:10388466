--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2022-12-30T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Geophysical Research: Solid Earth</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2169-9313</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Shear‐wave splitting measurements are commonly used to resolve seismic anisotropy in both the upper and lowermost mantle. Typically, such techniques are applied to SmKS phases that have reflected (m‐1) times off the underside of the core‐mantle boundary before being recorded. Practical constraints for shear‐wave splitting studies include the limited number of suitable phases as well as the large fraction of available data discarded because of poor signal‐to‐noise ratios (SNRs) or large measurement uncertainties. Array techniques such as beamforming are commonly used in observational seismology to enhance SNRs, but have not been applied before to improve SmKS signal strength and coherency for shear wave splitting studies. Here, we investigate how a beamforming methodology, based on slowness and backazimuth vespagrams to determine the most coherent incoming wave direction, can improve shear‐wave splitting measurement confidence intervals. Through the analysis of real and synthetic seismograms, we show that (a) the splitting measurements obtained from the beamformed seismograms (beams) reflect an average of the single‐station splitting parameters that contribute to the beam; (b) the beams have (on average) more than twice as large SNRs than the single‐station seismograms that contribute to the beam; (c) the increased SNRs allow the reliable measurement of shear wave splitting parameters from beams down to average single‐station SNRs of 1.3. Beamforming may thus be helpful to more reliably measure splitting due to upper mantle anisotropy. Moreover, we show that beamforming holds potential to greatly improve detection of lowermost mantle anisotropy by demonstrating differential SKS–SKKS splitting analysis using beamformed USArray data.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2026917</t>
+    <t>2026917; 2026931</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>