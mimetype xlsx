--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10388791</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ac9f3f</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Circumplanetary Dust Ring May Explain the Extreme Spectral Slope of the 10 Myr Young Exoplanet K2-33b</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ohno, Kazumasa; Thao, Pa Chia; Mann, Andrew W.; Fortney, Jonathan J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>940</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L30</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Young exoplanets are attractive targets for atmospheric characterization to explore the early phase of planetary evolution and the surrounding environment. Recent observations of the 10 Myr young Neptune-sized exoplanet K2-33b revealed that the planet’s transit depth drastically decreases from the optical to near-infrared wavelengths. Thao et al. suggested that a thick planetary haze and/or stellar spots may be the cause; however, even the best-fit model only barely explains the data. Here, we propose that the peculiar transmission spectrum may indicate that K2-33b possesses a circumplanetary dust ring; an analog of Jupiter’s dust ring. We demonstrate that the ring could produce a steep slope in the transmission spectrum even if its optical depth is as low as ∼10              −2              . We then apply a novel joint atmosphere-ring retrieval to K2-33b and find that the ring scenario could well explain the observed spectrum for various possible ring compositions. Importantly, the dust ring also exhibits prominent ring particle absorption features of ring particles around ∼10              μ              m, whose shape and strength depend on the composition of the ring. Thus, future observations by JWST-MIRI would be able to test not only the ring hypothesis but also, if it indeed exists, to constrain the composition of the ring—providing a unique opportunity to explore the origins of the dust ring around its parent planet, soon after the planetary system’s formation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2143763</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>