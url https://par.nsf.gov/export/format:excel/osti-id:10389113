--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10389113</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1287/opre.2021.2219</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Constant Regret Resolving Heuristics for Price-Based Revenue Management</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yining; Wang, He</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Operations Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3538 to 3557</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0030-364X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Price-based revenue management is an important problem in operations management with many practical applications. The problem considers a seller who sells one or multiple products over T consecutive periods and is subject to constraints on the initial inventory levels of resources. Whereas, in theory, the optimal pricing policy could be obtained via dynamic programming, computing the exact dynamic programming solution is often intractable. Approximate policies, such as the resolving heuristics, are often applied as computationally tractable alternatives. In this paper, we show the following two results for price-based network revenue management under a continuous price set. First, we prove that a natural resolving heuristic attains O(1) regret compared with the value of the optimal policy. This improves the [Formula: see text] regret upper bound established in the prior work by Jasin in 2014. Second, we prove that there is an [Formula: see text] gap between the value of the optimal policy and that of the fluid model. This complements our upper bound result by showing that the fluid is not an adequate information-relaxed benchmark when analyzing price-based revenue management algorithms.            Funding: This work was supported in part by the National Science Foundation [Grant CMMI-2145661].</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145661</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>