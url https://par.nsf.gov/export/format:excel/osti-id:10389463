--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10389463</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/aca97c</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Magnetic Outbreak Associated with Exploding Granulations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jin, Chunlan; Zhou, Guiping; Ruan, Guiping; Baildon, T.; Cao, Wenda; Wang, Jingxiu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-27T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>942</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L3</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Diagnosing the spatiotemporal pattern of magnetic flux on the Sun is vital for understanding the origin of solar magnetism and activity. Here, we report a new form of flux appearance, magnetic outbreak, using observations with an extremely high spatial resolution of 0.″16 from the 1.6 m Goode Solar Telescope at the Big Bear Solar Observatory. Magnetic outbreak refers to an early growth of unipolar magnetic flux and its later explosion into fragments, in association with plasma upflow and exploding granulations; each individual fragment has flux of 10              16              –10              17              Mx, moving apart with a velocity of 0.5–2.2 km s              −1              . The magnetic outbreak takes place in the hecto-Gauss region of pore moats. In this study, we identify six events of magnetic outbreak during 6 hr observations over an approximately 40″ × 40″ field of view. The newly discovered magnetic outbreak might be the first evidence of the long-anticipated convective blowup.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1821294; 2108235; 2309939</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>