--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10390059</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3566054</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Polyhedral Specification and Code Generation of Sparse Tensor Contraction with Co-iteration</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Tuowen; Popoola, Tobi; Hall, Mary; Olschanowsky, Catherine; Strout, Michelle</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Architecture and Code Optimization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1544-3566</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This article presents a code generator for sparse tensor contraction computations. It leverages a mathematical representation of loop nest computations in the sparse polyhedral framework (SPF), which extends the polyhedral model to support non-affine computations, such as those that arise in sparse tensors. SPF is extended to perform layout specification, optimization, and code generation of sparse tensor code: (1) We develop a polyhedral layout specification that decouples iteration spaces for layout and computation; and (2) we develop efficient co-iteration of sparse tensors by combining polyhedra scanning over the layout of one sparse tensor with the synthesis of code to              find              corresponding elements in other tensors through an SMT solver.                        We compare the generated code with that produced by a state-of-the-art tensor compiler, TACO. We achieve on average 1.63× faster parallel performance than TACO on sparse-sparse co-iteration and describe how to improve that to 2.72× average speedup by switching the find algorithms. We also demonstrate that decoupling iteration spaces of layout and computation enables additional layout and computation combinations to be supported.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107556; 2107135; 2106621</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>