--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10390703</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Real or Fake Text?: Investigating Human Ability to Detect Boundaries Between Human-Written and Machine-Generated Text</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dugan, Liam; Ippolito, Daphne; Kirubarajan, Arun; Shi, Sherry; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The 37th AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As text generated by large language models proliferates, it becomes vital to understand how humans engage with such text, and whether or not they are able to detect when the text they are reading did not originate with a human writer. Prior work on human detection of generated text focuses on the case where an entire passage is either human-written or machine-generated. In this paper, we study a more realistic setting where text begins as human-written and transitions to being generated by state-of-the-art neural language models. We show that, while annotators often struggle at this task, there is substantial variance in annotator skill and that given proper incentives, annotators can improve at this task over time. Furthermore, we conduct a detailed comparison study and analyze how a variety of variables (model size, decoding strategy, fine-tuning, prompt genre, etc.) affect human detection performance. Finally, we collect error annotations from our participants and use them to show that certain textual genres influence models to make different types of errors and that certain sentence-level features correlate highly with annotator selection. We release the RoFT dataset: a collection of over 21,000 human annotations paired with error classifications to encourage future work in human detection and evaluation of generated text.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>