--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10390887</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/3DV53792.2021.00014</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>EgoGlass: Egocentric-View Human Pose Estimation From an Eyeglass Frame</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Dongxu; Wei, Zhen; Mahmud, Jisan; Frahm, Jan-Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 International Conference on 3D Vision (3DV)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>32 to 41</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a new approach, EgoGlass, towards egocentric motion-capture and human pose estimation. EgoGlass is a lightweight eyeglass frame with two cameras mounted on it. Our first contribution is a new egocentric motion-capture device that adds next to no extra burden on the user and a dataset of real people doing a diverse set of actions captured by EgoGlass. Second, we propose to utilize body part information for human pose detection - to help tackle the problems of limited body coverage and self-occlusions caused by the egocentric viewpoint and cameras’ proximity to the human body. We also propose a concept of pseudo-limb mask as an alternative for segmentation mask when ground truth segmentation mask is absent for egocentric images with real subject. We demonstrate that our method achieves better results than the counterpart method without body part information on our dataset. We also test our method on two existing egocentric datasets: xR-EgoPose and EgoCap. Our method achieves state-of-the-art results on xR-EgoPose and is on par with existing method for EgoCap without requiring temporal information or personalization for each individual user.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1840131</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>