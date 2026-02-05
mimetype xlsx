--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10390984</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/galaxies11010001</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Millimeter/Submillimeter VLBI with a Next Generation Large Radio Telescope in the Atacama Desert</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akiyama, Kazunori; Kauffmann, Jens; Matthews, Lynn D.; Moriyama, Kotaro; Koyama, Shoko; Hada, Kazuhiro</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Galaxies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2075-4434</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The proposed next generation Event Horizon Telescope (ngEHT) concept envisions the imaging of various astronomical sources on scales of microarcseconds in unprecedented detail with at least two orders of magnitude improvement in the image dynamic ranges by extending the Event Horizon Telescope (EHT). A key technical component of ngEHT is the utilization of large aperture telescopes to anchor the entire array, allowing the connection of less sensitive stations through highly sensitive fringe detections to form a dense network across the planet. Here, we introduce two projects for planned next generation large radio telescopes in the 2030s on the Chajnantor Plateau in the Atacama desert in northern Chile, the Large Submillimeter Telescope (LST) and the Atacama Large Aperture Submillimeter Telescope (AtLAST). Both are designed to have a 50-meter diameter and operate at the planned ngEHT frequency bands of 86, 230 and 345 GHz. A large aperture of 50 m that is co-located with two existing EHT stations, the Atacama Large Millimeter/Submillimeter Array (ALMA) and the Atacama Pathfinder Experiment (APEX) Telescope in the excellent observing site of the Chajnantor Plateau, will offer excellent capabilities for highly sensitive, multi-frequency, and time-agile millimeter very long baseline interferometry (VLBI) observations with accurate data calibration relevant to key science cases of ngEHT. In addition to ngEHT, its unique location in Chile will substantially improve angular resolutions of the planned Next Generation Very Large Array in North America or any future global millimeter VLBI arrays if combined. LST and AtLAST will be a key element enabling transformative science cases with next-generation millimeter/submillimeter VLBI arrays.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034306; 1935980</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>