--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10392786</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>URegM: A Unified Prediction Model of Resource Consumption for Refactoring Software Smells in Open Source Cloud</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Imran, A; Kosar, T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of ACM European Symposium on Software Engineering (ESSE 2022)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The low cost and rapid provisioning capabilities have made the cloud a desirable platform to launch complex scientific applications. However, resource utilization optimization is a significant challenge for cloud service providers, since the earlier focus is provided on optimizing resources for the applications that run on the cloud, with a low emphasis being provided on optimizing resource utilization of the cloud computing internal processes. Code refactoring has been associated with improving the maintenance and understanding of software code. However, analyzing the impact of the refactoring source code of the cloud and studying its impact on cloud resource usage require further analysis. In this paper, we propose a framework called Unified Regression Modeling (URegM) which predicts the impact of code smell refactor- ing on cloud resource usage. We test our experiments in a real-life cloud environment using a complex scientific application as a workload. Results show that URegM is capable of accurately predicting resource consumption due to code smell refactoring. This will permit cloud service providers with advanced knowledge about the impact of refactoring code smells on resource consumption, thus allowing them to plan their resource provisioning and code refactoring more effectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1842054; 1724898; 2007829</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>