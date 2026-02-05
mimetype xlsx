--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10393102</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/galaxies11010010</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spectral Line VLBI Studies Using the ngEHT</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Dong-Jin; Fish, Vincent</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Galaxies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2075-4434</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Spectroscopy in the mm/sub-mm wavelength range is a powerful tool to study the gaseous medium in various astrophysical environments. The next generation Event Horizon Telescope (ngEHT) equipped with a wide-bandwidth backend system has great potential for science using high angular resolution spectroscopy. Spectral line VLBI studies using the ngEHT will enable us to scrutinize compact astrophysical objects obscured by an optically thick medium on unprecedented angular scales. However, the capabilities of ngEHT for spectroscopy and specific scientific applications have not been properly envisioned. In this white paper, we briefly address science cases newly achievable via spectral line VLBI observations in the mm/sub-mm wavelength ranges, and suggest technical requirements to facilitate spectral line VLBI studies in the ngEHT era.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034306</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>