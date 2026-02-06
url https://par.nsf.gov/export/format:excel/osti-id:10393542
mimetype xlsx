--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10393542</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/e24081134</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Machine Learning Methods for Multiscale Physics and Urban Engineering Problems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sharma, Somya; Thompson, Marten; Laefer, Debra; Lawler, Michael; McIlhany, Kevin; Pauluis, Olivier; Trinkle, Dallas R.; Chatterjee, Snigdhansu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Entropy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1134</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1099-4300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present an overview of four challenging research areas in multiscale physics and engineering as well as four data science topics that may be developed for addressing these challenges. We focus on multiscale spatiotemporal problems in light of the importance of understanding the accompanying scientific processes and engineering ideas, where “multiscale” refers to concurrent, non-trivial and coupled models over scales separated by orders of magnitude in either space, time, energy, momenta, or any other relevant parameter. Specifically, we consider problems where the data may be obtained at various resolutions; analyzing such data and constructing coupled models led to open research questions in various applications of data science. Numeric studies are reported for one of the data science techniques discussed here for illustration, namely, on approximate Bayesian computations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1940287; 1940145; 1939956; 1939916; 1940260</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>