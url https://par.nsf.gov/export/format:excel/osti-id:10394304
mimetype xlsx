--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10394304</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/lnc3.12481</t>
   </si>
   <si>
     <t>Discourse‐level adaptation in pronoun comprehension</t>
   </si>
   <si>
-    <t>Ye, Yining [Department of Psychology &amp;amp, Neuroscience University of North Carolina  Chapel Hill North Carolina USA]; Arnold, Jennifer E. [Department of Psychology &amp;amp, Neuroscience University of North Carolina  Chapel Hill North Carolina USA] (ORCID:0000000175191305)</t>
+    <t>Ye, Yining [Department of Psychology &amp;amp, Neuroscience University of North Carolina  Chapel Hill North Carolina USA]; Arnold, Jennifer_E [Department of Psychology &amp;amp, Neuroscience University of North Carolina  Chapel Hill North Carolina USA] (ORCID:0000000175191305)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-01-31T05:00:00Z</t>
   </si>
   <si>
     <t>Language and Linguistics Compass</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1749-818X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;It is well established that people adapt to statistical regularities at phonological, lexical, and syntactic levels. Much less is known about adaptation to discourse‐level structures, such as adaptation to structures defined as the relationship between a pronoun and its antecedent. To fill this gap, this paper reviews studies on the learning of referential patterns by asking (1) do people represent referential structures, (2) how long do discourse‐level representations last, (3) how specific are representations that are used for referential adaptation, (4) what mechanisms underlie this adaptation, and (5) what the current methods are used to test referential adaptation. This paper also briefly summarises the work on adaptation at other linguistic levels. This line of work extends adaptation to higher‐level structures and demonstrates how people learn language patterns that drive successful communication and reading skills.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>