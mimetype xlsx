--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10394798</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/spc3.12722</t>
   </si>
   <si>
     <t>Who needs control? A cultural perspective on the process of compensatory control</t>
   </si>
   <si>
-    <t>Gibbs, W. Connor [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000022130341X); Kim, Heejung S. [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000019132741X); Kay, Aaron C. [Fuqua School of Business Department of Psychology and Neuroscience Duke University  Durham North Carolina USA] (ORCID:0000000178950987); Sherman, David K. [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000034423862X)</t>
+    <t>Gibbs, W_Connor [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000022130341X); Kim, Heejung_S [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000019132741X); Kay, Aaron_C [Fuqua School of Business Department of Psychology and Neuroscience Duke University  Durham North Carolina USA] (ORCID:0000000178950987); Sherman, David_K [Department of Psychological and Brain Sciences University of California, Santa Barbara  Santa Barbara California USA] (ORCID:000000034423862X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-12-16T05:00:00Z</t>
   </si>
   <si>
     <t>Social and Personality Psychology Compass</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1751-9004</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Compensatory control theory (CCT) provides a framework for understanding the mechanisms at play when one's personal control is challenged. The model suggests that believing the world is a structured and predictable place is fundamental, insofar as it provides the foundation upon which people can believe they are able to exert control over their environment and act agentically towards goals. Because of this, CCT suggests, when personal control is threatened people try to reaffirm the more foundational belief in structure/predictability in the world, so that they then have a strong foundation to reestablish feelings of personal control and pursue their goals. This review seeks to understand how the basic assumptions of these compensatory control processes unfold in different cultural contexts. Drawing on research and theorizing from cultural psychology, we propose that cultural models of self and agency, culturally prevalent modes of control, and culture‐specific motivations all have implications for compensatory control processes. Culture determines, in part, whether or not personal control deprivation is experienced as a threat to perceiving an orderly world, how/whether individuals respond to low personal control, and the function that responses to restore a sense of order in the world serve. A theoretical model of compensatory control processes across cultures is proposed that has implications for how people cope with a wide range of personal and societal events that potentially threaten their personal control.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>