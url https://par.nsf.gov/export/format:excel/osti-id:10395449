--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10395449</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/frai.2022.910407</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the associative learning capabilities of the segmented attractor network for lifelong learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jones, Alexander; Jha, Rashmi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2624-8212</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This work explores the process of adapting the segmented attractor network to a lifelong learning setting. Taking inspirations from Hopfield networks and content-addressable memory, the segmented attractor network is a powerful tool for associative memory applications. The network's performance as an associative memory is analyzed using multiple metrics. In addition to the network's general hit rate, its capability to recall unique memories and their frequency is also evaluated with respect to time. Finally, additional learning techniques are implemented to enhance the network's recall capacity in the application of lifelong learning. These learning techniques are based on human cognitive functions such as memory consolidation, prediction, and forgetting.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718428; 1926465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>