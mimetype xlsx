--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10397104</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optimal Generalized Decision Trees via Integer Programming,</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gunluk, O.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of global optimization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>233–260</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0925-5001</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Decision trees have been a very popular class of predictive models for decades due to their interpretability and good performance on categorical features. However, they are not always robust and tend to overfit the data. Additionally, if allowed to grow large, they lose interpretability. In this paper, we present a mixed integer programming formulation to construct optimal decision trees of a prespecified size. We take the special structure of categorical features into account and allow combinatorial decisions (based on subsets of values of features) at each node. Our approach can also handle numerical features via thresholding. We show that very good accuracy can be achieved with small trees using moderately-sized training sets. The optimization problems we solve are tractable with modern solvers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1740796</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>