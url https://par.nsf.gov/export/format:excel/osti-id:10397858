--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10397858</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1137/1.9781611977578.ch3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Analyzing and Implementing GPU Hash Tables</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Awad, Muhammad A.; Ashkiani, Saman; Porumbescu, Serban D.; Farach-Colton, Martín; Owens, John D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIAM Symposium on Algorithmic Principles of Computer Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>33–50</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We revisit the problem of building static hash tables on the GPU and present an efficient implementation of bucketed hash tables. By decoupling the probing scheme from the hash table in-memory representation, we offer an implementation where the number of probes and the bucket size are the only factors limiting performance. Our analysis sweeps through the hash table parameter space for two probing schemes: cuckoo and iceberg hashing. We show that a bucketed cuckoo hash table (BCHT) that uses three hash functions outperforms alternative methods that use iceberg hashing and a cuckoo hash table that uses a bucket size of one. At load factors as high as 0.99, BCHT enjoys an average probe count of 1.43 during insertion. Using three hash functions only, positive and negative queries require at most 1.39 and 2.8 average probes per key, respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1740333</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>