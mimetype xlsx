--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10398838</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3560905.3568561</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Protean: An Energy-Efficient and Heterogeneous Platform for Adaptive and Hardware-Accelerated Battery-Free Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bakar, Abu; Goel, Rishabh; de Winkel, Jasper; Huang, Jason; Ahmed, Saad; Islam, Bashima; Pawełczak, Przemysław; Yıldırım, Kasım Sinan; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 20th ACM Conference on Embedded Networked Sensor Systems (SenSys'22)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>207 to 221</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Battery-free and intermittently powered devices offer long lifetimes and enable deployment in new applications and environments. Unfortunately, developing sophisticated inference-capable applications is still challenging due to the lack of platform support for more advanced (32-bit) microprocessors and specialized accelerators---which can execute data-intensive machine learning tasks, but add complexity across the stack when dealing with intermittent power. We present Protean to bridge the platform gap for inference-capable battery-free sensors. Designed for runtime scalability, meeting the dynamic range of energy harvesters with matching heterogeneous processing elements like neural network accelerators. We develop a modular "plug-and-play" hardware platform, SuperSensor, with a reconfigurable energy storage circuit that powers a 32-bit ARM-based microcontroller with a convolutional neural network accelerator. An adaptive task-based runtime system, Chameleon, provides intermittency-proof execution of machine learning tasks across heterogeneous processing elements. The runtime automatically scales and dispatches these tasks based on incoming energy, current state, and programmer annotations. A code generator, Metamorph, automates conversion of ML models to intermittent safe execution across heterogeneous compute elements. We evaluate Protean with audio and image workloads and demonstrate up to 666x improvement in inference energy efficiency by enabling usage of modern computational elements within intermittent computing. Further, Protean provides up to 166% higher throughput compared to non-adaptive baselines.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145584; 2038853</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>