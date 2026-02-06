--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10399033</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4018/IJGBL.309128</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Impact of Gender in Learning With Games: A Consistent Effect in a Math Learning Game</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nguyen, Huy Anh; Hou, Xinying; Richey, J. Elizabeth; McLaren, Bruce M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Game-Based Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 29</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2155-6849</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>There is an established gender gap in middle school math education, where female students report higher anxiety and lower engagement, which negatively impact their performance and even long-term career choices. This work investigates the role of digital learning games in addressing this issue by studying Decimal Point, a math game that teaches decimal numbers and operations to 5th and 6th graders. Through data from four published studies of Decimal Point, involving 624 students in total, the authors identified a consistent gender difference that was replicated across all studies – male students tended to do better at pretest, while female students tended to learn more from the game. In addition, female students were more careful in answering self-explanation questions, which significantly mediated the relationship between gender and learning gains in two out of four studies. These findings show that learning games can be an effective tool for bridging the gender gap in middle school math education, which in turn contributes to the development of more personalized and inclusive learning platforms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1661121</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>