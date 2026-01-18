--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Brown, Dana R.; Brinkman, Todd J.; Neufeld, Gayle P.; Navarro, Loraine S.; Brown, Caroline L.; Cold, Helen S.; Woods, Brooke L.; Ervin, Bruce L.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Ecology and Society</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1708-3087</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1636476</t>
+    <t>1636476; 2022190</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>