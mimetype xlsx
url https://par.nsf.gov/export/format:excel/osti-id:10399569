--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10399569</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3478431.3499318</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AI Book Club: An Innovative Professional Development Model for AI Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lee, Irene; Zhang, Helen; Moore, Kate; Zhou, Xiaofei; Perret, Beatriz; Cheng, Yihong; Zheng, Ruiying; Pu, Grace</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE Technical Symposium 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>202 to 208</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper describes an AI Book Club as an innovative 20-hour professional development (PD) model designed to prepare teachers with AI content knowledge and an understanding of the ethical issues posed by bias in AI that are foundational to developing AI-literate citizens. The design of the intervention was motivated by a desire to manage the cognitive load of AI learning by spreading the PD program over several weeks and a desire to form and maintain a community of teachers interested in AI education during the COVID-19 pandemic. Each week participants spent an hour independently reading selections from an AI book, reviewing AI activities, and viewing videos of other educators teaching the activities, then met online for 1 hour to discuss the materials and brainstorm how they might adapt the materials for their classrooms. The participants in the AI Book Club were 37 middle school educators from 3 US school districts and 5 youth-serving organizations. The teachers are from STEM disciplines as well as Social Studies and Art. Eighty-nine percent were from underrepresented groups in STEM and CS. In this paper we describe the design of the AI Book Club, its implementation, and preliminary findings on teachers' impressions of the AI Book Club as a form of PD, thoughts about teaching AI in classrooms, and interest in continuing the book club model in the upcoming year. We conclude with recommendations for others interested in implementing a book club PD format for AI learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048746</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>