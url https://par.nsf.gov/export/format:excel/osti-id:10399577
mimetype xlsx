--- v0 (2025-10-31)
+++ v1 (2026-01-26)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10399577</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fmolb.2022.946708</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computational study on the binding of Mango-II RNA aptamer and fluorogen using the polarizable force field AMOEBA</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Xudong; Liu, Chengwen; Kuo, Yu-An; Yeh, Hsin-Chih; Ren, Pengyu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Molecular Biosciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-889X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Fluorescent light-up aptamers (FLAPs) are well-performed biosensors for cellular imaging and the detection of different targets of interest, including RNA, non-nucleic acid molecules, metal ions, and so on. They could be easily designed and emit a strong fluorescence signal once bound to specified fluorogens. Recently, one unique aptamer called Mango-II has been discovered to possess a strong affinity and excellent fluorescent properties with fluorogens TO1-Biotin and TO3-Biotin. To explore the binding mechanisms, computational simulations have been performed to obtain structural and thermodynamic information about FLAPs at atomic resolution. AMOEBA polarizable force field, with the capability of handling the highly charged and flexible RNA system, was utilized for the simulation of Mango-II with TO1-Biotin and TO3-Biotin in this work. The calculated binding free energy using published crystal structures is in excellent agreement with the experimental values. Given the challenges in modeling complex RNA dynamics, our work demonstrates that MD simulation with a polarizable force field is valuable for understanding aptamer-fluorogen binding and potentially designing new aptamers or fluorogens with better performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2041345</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>