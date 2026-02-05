--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10399844</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/data8020037</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Experimental Spectroscopic Data of SnO2 Films and Powder</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alghamdi, Hawazin; Farinre, Olasunbo Z.; Kelley, Mathew L.; Biacchi, Adam J.; Saha, Dipanjan; Adel, Tehseen; Siebein, Kerry; Walker, Angela R.; Hacker, Christina A.; Rigosi, Albert F.; Misra, Prabhakar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2306-5729</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Powders and films composed of tin dioxide (SnO2) are promising candidates for a variety of high-impact applications, and despite the material’s prevalence in such studies, it remains of high importance that commercially available materials meet the quality demands of the industries that these materials would most benefit. Imaging techniques, such as scanning electron microscopy (SEM), atomic force microscopy (AFM), were used in conjunction with Raman spectroscopy and X-ray photoelectron spectroscopy (XPS) to assess the quality of a variety of samples, such as powder and thin film on quartz with thicknesses of 41 nm, 78 nm, 97 nm, 373 nm, and 908 nm. In this study, the dependencies of the corresponding Raman, XPS, and SEM analysis results on properties of the samples, like the thickness and form (powder versus film) are determined. The outcomes achieved can be regarded as a guide for performing quality checks of such products, and as reference to evaluate commercially available samples.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1950379; 2101121</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>