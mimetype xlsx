--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10401034</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41467-022-31716-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>People infer communicative action through an expectation for efficient communication</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Royka, Amanda; Chen, Annie; Aboody, Rosie; Huanca, Tomas; Jara-Ettinger, Julian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nature Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-1723</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Humans often communicate using body movements like winks, waves, and nods. However, it is unclear how we identify when someone’s physical actions are communicative. Given people’s propensity to interpret each other’s behavior as aimed to produce changes in the world, we hypothesize that people expect communicative actions to efficiently reveal that they lack an external goal. Using computational models of goal inference, we predict that movements that are unlikely to be produced when acting towards the world and, in particular, repetitive ought to be seen as communicative. We find support for our account across a variety of paradigms, including graded acceptability tasks, forced-choice tasks, indirect prompts, and open-ended explanation tasks, in both market-integrated and non-market-integrated communities. Our work shows that the recognition of communicative action is grounded in an inferential process that stems from fundamental computations shared across different forms of action interpretation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2045778</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>